--- v0 (2025-10-09)
+++ v1 (2026-03-30)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
-    <w:p w14:paraId="7D0DAB4F" w14:textId="27F4DA92" w:rsidR="00000000" w:rsidRPr="00B50E47" w:rsidRDefault="00B50E47">
+    <w:p w14:paraId="7D0DAB4F" w14:textId="27F4DA92" w:rsidR="0068249A" w:rsidRPr="00B50E47" w:rsidRDefault="00B50E47">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Department Letterhead]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7771DAF8" w14:textId="65EA4451" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="674BCABD" w14:textId="61ADA367" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="5D629217" w14:textId="298B56DF" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="61906CAC" w14:textId="7CA5DD25" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="0221CC68" w14:textId="65AB5DE9" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="7A3EB352" w14:textId="52725569" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="07438A78" w14:textId="4523D198" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
     <w:p w14:paraId="0A2C904F" w14:textId="55221EFF" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
@@ -62,165 +62,177 @@
       <w:r>
         <w:t xml:space="preserve">From: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668B6E8A" w14:textId="7736FAB4" w:rsidR="00B50E47" w:rsidRDefault="00B50E47">
       <w:r>
         <w:t xml:space="preserve">Date: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133CCEBE" w14:textId="50021EC0" w:rsidR="00B50E47" w:rsidRDefault="00B50E47">
       <w:r>
         <w:t xml:space="preserve">Subj: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Student]</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - Google Fellowship Eligibility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="262715F0" w14:textId="44815F25" w:rsidR="00B50E47" w:rsidRDefault="00B50E47"/>
-    <w:p w14:paraId="623D8C47" w14:textId="72E02707" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
+    <w:p w14:paraId="623D8C47" w14:textId="351A09F7" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">This note confirms that </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Student]</w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> meets all eligibility requirements for the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="009E0783">
-[...3 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="00C7099C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Google PhD Fellowship:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58016C04" w14:textId="77777777" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Student is a full-time graduate student pursuing a PhD at the submitter's institution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421DE893" w14:textId="502D8DC0" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
+    <w:p w14:paraId="421DE893" w14:textId="7700122A" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Student </w:t>
       </w:r>
       <w:r w:rsidR="009E0783">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>will have</w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> completed </w:t>
       </w:r>
       <w:r w:rsidR="009E0783">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">all required </w:t>
       </w:r>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">graduate coursework by </w:t>
       </w:r>
       <w:r w:rsidR="00814E01">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve">August 15, 2025. </w:t>
+        <w:t>August 15, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7099C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00814E01">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6199CC91" w14:textId="093B0C00" w:rsidR="00B50E47" w:rsidRDefault="00B50E47" w:rsidP="00B50E47">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Student is not already supported by a comparable industry award (</w:t>
       </w:r>
       <w:r w:rsidR="0050092B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
@@ -319,65 +331,65 @@
       <w:r w:rsidRPr="00B50E47">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>[Title - must be either Head or Chair]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B50E47" w:rsidRPr="00B50E47" w:rsidSect="00024E42">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E3A79F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0F8EE70"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -452,55 +464,58 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50E47"/>
     <w:rsid w:val="00024E42"/>
     <w:rsid w:val="0030163B"/>
     <w:rsid w:val="0050092B"/>
     <w:rsid w:val="005E6635"/>
+    <w:rsid w:val="0068249A"/>
     <w:rsid w:val="00814E01"/>
     <w:rsid w:val="009E0783"/>
     <w:rsid w:val="00B50E47"/>
+    <w:rsid w:val="00C7099C"/>
     <w:rsid w:val="00DB2E3A"/>
     <w:rsid w:val="00EB07AA"/>
+    <w:rsid w:val="00FA409D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7D21C59D"/>
@@ -1254,54 +1269,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>82</Words>
-  <Characters>663</Characters>
+  <Words>111</Words>
+  <Characters>634</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>5</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>733</CharactersWithSpaces>
+  <CharactersWithSpaces>744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>